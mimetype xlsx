--- v0 (2025-11-29)
+++ v1 (2026-01-28)
@@ -1,158 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://culinaireslagerijschn955065-my.sharepoint.com/personal/info1_slagerijschneider_nl/Documents/Bureaublad/Menu lijsten/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://culinaireslagerijschn955065-my.sharepoint.com/personal/info1_slagerijschneider_nl/Documents/Bureaublad/Menu lijsten/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{B55B642A-BB23-4C71-97D0-FD1BD736FFEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C5381825-D747-4F61-8F00-0A0BEBB7C53C}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{1CB87CB2-A3B5-4D6F-88C4-98A30612D621}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{51B62402-7AC2-4A3E-8BB6-AE41E7A30359}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
     <sheet name="Blad2" sheetId="2" r:id="rId2"/>
     <sheet name="Blad3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Blad1!$A$1:$J$53</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Blad1!$A$1:$J$52</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="28">
   <si>
     <t>Naam:</t>
   </si>
   <si>
     <t>Telefoonnummer:</t>
   </si>
   <si>
     <t>Adres:</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t xml:space="preserve">   </t>
   </si>
   <si>
     <t>Slagerij Schneider                 Tel:0115-695702</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>Runder bouillon</t>
-[...2 lines deleted...]
-    <t>Uiensoep</t>
+    <t>Uien soep</t>
+  </si>
+  <si>
+    <t>Preistamppot met mosterd, oude kaas en gehaktballetjes</t>
+  </si>
+  <si>
+    <t>Chocolade vla</t>
+  </si>
+  <si>
+    <t>Aardbeien yoghurt</t>
+  </si>
+  <si>
+    <t>Rode bietjes met aardappelen en een speklapje</t>
+  </si>
+  <si>
+    <t>Room prei soep</t>
+  </si>
+  <si>
+    <t>Rijste pap</t>
+  </si>
+  <si>
+    <t>Kerrie soep</t>
+  </si>
+  <si>
+    <t>Goulash met puree</t>
+  </si>
+  <si>
+    <t>Mekongrijst met kip pilaf</t>
+  </si>
+  <si>
+    <t>Boontjes met aardappelen en een runderlapje</t>
+  </si>
+  <si>
+    <t>Mexicogroenten met roomaardappeltjes en een stroganoffburger</t>
+  </si>
+  <si>
+    <t>Spitskool met gehakt en puree</t>
+  </si>
+  <si>
+    <t>Spaghetti met Bolognaise saus</t>
+  </si>
+  <si>
+    <t>Maaltijden week 6</t>
+  </si>
+  <si>
+    <t>Broccoli bloemkool soep</t>
+  </si>
+  <si>
+    <t>Spruitjes met aardappelen en stoverij</t>
   </si>
   <si>
     <t>Perzik yoghurt</t>
   </si>
   <si>
-    <t>Gorte pap</t>
-[...50 lines deleted...]
-    <t>Bloemkool met aardappelen en een gehaktbal</t>
+    <t>bezorgen maandag 2 februari</t>
+  </si>
+  <si>
+    <t>bezorgen donderdag 5 februari</t>
+  </si>
+  <si>
+    <t>Broccoli met puree en tongfilet in witte wijnsaus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;€&quot;\ #,##0.00;[Red]&quot;€&quot;\ \-#,##0.00"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -255,55 +254,51 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -553,392 +548,392 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M52"/>
+  <dimension ref="A1:M51"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A15" zoomScaleNormal="100" zoomScaleSheetLayoutView="145" workbookViewId="0">
-      <selection activeCell="I34" sqref="I34"/>
+    <sheetView tabSelected="1" topLeftCell="A20" zoomScaleNormal="100" zoomScaleSheetLayoutView="145" workbookViewId="0">
+      <selection activeCell="T38" sqref="T38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="18" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" style="1"/>
     <col min="4" max="4" width="3.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="21" style="1" customWidth="1"/>
     <col min="7" max="8" width="8.85546875" style="1"/>
     <col min="9" max="9" width="12" style="1" customWidth="1"/>
     <col min="10" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:11" s="9" customFormat="1" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A3" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
     </row>
-    <row r="4" spans="1:11" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
+    <row r="4" spans="1:11" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
     <row r="8" spans="1:11" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A8" s="6"/>
     </row>
     <row r="9" spans="1:11" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:11" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="7"/>
       <c r="B12" s="5"/>
       <c r="C12" s="1" t="s">
-        <v>7</v>
-      </c>
+        <v>12</v>
+      </c>
+      <c r="D12" s="5"/>
+      <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="8">
         <v>1.8</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="7"/>
       <c r="B14" s="5"/>
       <c r="C14" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="8">
         <v>1.8</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="C16" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="J16" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="18" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A18" s="4"/>
       <c r="C18" s="1" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="J18" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A20" s="4"/>
       <c r="C20" s="1" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="J20" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A22" s="4"/>
       <c r="C22" s="1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="J22" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.25">
       <c r="J23" s="8"/>
     </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="G24" s="8">
+    <row r="24" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="C25" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="8">
         <v>1.1000000000000001</v>
       </c>
     </row>
-    <row r="25" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
-[...5 lines deleted...]
-      <c r="G26" s="8">
+    <row r="26" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="C27" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="8">
         <v>1.1000000000000001</v>
       </c>
     </row>
-    <row r="27" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="I27" s="1" t="s">
+    <row r="28" spans="1:11" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I28" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="K28" s="1" t="s">
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K29" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F30" s="13"/>
       <c r="I30" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A32" s="7"/>
       <c r="B32" s="5"/>
       <c r="C32" s="1" t="s">
-        <v>8</v>
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D32" s="5"/>
+      <c r="E32" s="5"/>
       <c r="G32" s="8">
         <v>1.8</v>
       </c>
     </row>
     <row r="33" spans="1:13" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="5"/>
       <c r="B33" s="5"/>
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="7"/>
       <c r="B34" s="5"/>
       <c r="C34" s="1" t="s">
-        <v>16</v>
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D34" s="5"/>
+      <c r="E34" s="5"/>
       <c r="G34" s="8">
         <v>1.8</v>
-      </c>
-[...3 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="4"/>
       <c r="C36" s="1" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="J36" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="37" spans="1:13" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="4"/>
       <c r="C38" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J38" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="39" spans="1:13" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="4"/>
       <c r="C40" s="1" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="J40" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="41" spans="1:13" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="4"/>
       <c r="C42" s="1" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J42" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="43" spans="1:13" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J43" s="8"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="4"/>
       <c r="C44" s="1" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J44" s="8">
         <v>6.25</v>
       </c>
     </row>
     <row r="45" spans="1:13" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="4"/>
       <c r="F45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="J45" s="8"/>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="4"/>
       <c r="C46" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J46" s="11">
         <v>7.65</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M47" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="49" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C49" s="1" t="s">
+    <row r="48" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A48" s="4"/>
+      <c r="C48" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G48" s="8">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I48" s="12"/>
+    </row>
+    <row r="49" spans="1:7" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="3"/>
+      <c r="G49" s="8"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="4"/>
+      <c r="C50" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="G49" s="8">
+      <c r="F50" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G50" s="8">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I49" s="12"/>
-[...10 lines deleted...]
-      <c r="F51" s="1" t="s">
+    </row>
+    <row r="51" spans="1:7" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G51" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="G51" s="8">
-[...4 lines deleted...]
-      <c r="G52" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.62992125984251968" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>